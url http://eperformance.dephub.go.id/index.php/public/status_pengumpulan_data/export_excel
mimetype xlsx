--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>STATUS PENGUMPULAN DATA</t>
   </si>
   <si>
     <t xml:space="preserve">APLIKASI E-PERFORMANCE </t>
   </si>
   <si>
     <t>KEMENTERIAN PERHUBUNGAN REPUBLIK INDONESIA</t>
   </si>
   <si>
-    <t>TAHUN 2025 PERIODE JANUARI s.d OKTOBER</t>
+    <t>TAHUN 2025 PERIODE JANUARI s.d DESEMBER</t>
   </si>
   <si>
     <t>Lengkap (L)</t>
   </si>
   <si>
     <t>Tidak Lengkap (TL)</t>
   </si>
   <si>
     <t>Kosong (K)</t>
   </si>
   <si>
     <t>PK Belum Ada</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kementerian</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
@@ -81,50 +81,53 @@
     <t>Mei</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Ags</t>
   </si>
   <si>
     <t>Sept</t>
   </si>
   <si>
     <t>Okt</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Des</t>
   </si>
   <si>
     <t>KEMENTERIAN PERHUBUNGAN</t>
+  </si>
+  <si>
+    <t>L</t>
   </si>
   <si>
     <t>K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="1"/>
       <i val="0"/>
@@ -174,57 +177,57 @@
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2EF46"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF73131"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F3F7"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF73131"/>
+        <fgColor rgb="FF91DB42"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor rgb="FFF73131"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
@@ -738,52 +741,56 @@
       </c>
       <c r="E10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="J10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="18" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="M10" s="19"/>
-      <c r="N10" s="19"/>
+      <c r="M10" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="N10" s="19" t="s">
+        <v>24</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="D7:E7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>